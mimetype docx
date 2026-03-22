--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -1,99 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3E751761" w14:textId="60F8C131" w:rsidR="00D37602" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00D37602">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provozní řád </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C24C60">
+        <w:t xml:space="preserve">Provozní </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00225755">
+        <w:t xml:space="preserve">řád </w:t>
+      </w:r>
+      <w:r w:rsidR="00C24C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00225755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>kinosál</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D37602" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D37602" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D37602" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
@@ -426,52 +432,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00225755">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Alena Pyšvejcová</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Alena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00225755">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pyšvejcová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="60A88223" w14:textId="77777777" w:rsidR="0007010C" w:rsidRPr="00EA5F15" w:rsidRDefault="0007010C" w:rsidP="006963D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9FDE37" w14:textId="04224109" w:rsidR="0007010C" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="006963D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
@@ -1194,96 +1210,116 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>šichni návštěvníci mají povinnost seznámit se s tímto provozním řádem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316C4A70" w14:textId="6BF7411B" w:rsidR="00E761F6" w:rsidRPr="00AE17EC" w:rsidRDefault="00AC3BF5" w:rsidP="00585A46">
+    <w:p w14:paraId="316C4A70" w14:textId="71086568" w:rsidR="00E761F6" w:rsidRPr="00AE17EC" w:rsidRDefault="00AC3BF5" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">v témže čase </w:t>
       </w:r>
       <w:r w:rsidR="00332BF6" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">esmí být překročena max. kapacita posilovny, tj. </w:t>
+        <w:t xml:space="preserve">esmí být překročena max. kapacita </w:t>
+      </w:r>
+      <w:r w:rsidR="00114133">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>místnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E761F6" w:rsidRPr="00AE17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tj. </w:t>
       </w:r>
       <w:r w:rsidR="009E380F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00EA5F15" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3 osob</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1831AC94" w14:textId="6A0C3416" w:rsidR="00EA5F15" w:rsidRPr="00AE17EC" w:rsidRDefault="00EA5F15" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
@@ -1585,71 +1621,76 @@
         </w:rPr>
         <w:t>návštěvníci jsou povinni dodržovat požární a bezpečnostní předpisy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C965DB" w14:textId="03083035" w:rsidR="00AC3BF5" w:rsidRPr="00124836" w:rsidRDefault="00AC3BF5" w:rsidP="00AC3BF5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124836">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">po ukončení využívání má osoba odpovědná povinnost se ujistit, že jsou všechna okna zavřená, v místnosti je zhasnuto, všechno zařízení je na svém místě </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76553E33" w14:textId="3F3FD736" w:rsidR="00AC3BF5" w:rsidRPr="00124836" w:rsidRDefault="00AC3BF5" w:rsidP="00AC3BF5">
+    <w:p w14:paraId="76553E33" w14:textId="3F3FD736" w:rsidR="00AC3BF5" w:rsidRPr="00114133" w:rsidRDefault="00AC3BF5" w:rsidP="00AC3BF5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114133">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>v případě porušení provozního řádu bude osobě, která ho porušila, zamezen vstup do místnosti</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F401AD8" w14:textId="40FEBA50" w:rsidR="00AC3BF5" w:rsidRPr="00124836" w:rsidRDefault="00AC3BF5" w:rsidP="00AC3BF5">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00124836">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -1769,80 +1810,96 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>prosto</w:t>
       </w:r>
       <w:r w:rsidR="00907550" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00867353" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B6AF24" w14:textId="0C4D571E" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
+    <w:p w14:paraId="22B6AF24" w14:textId="171F25F1" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00332BF6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ravidelný úklid posilovny zajišťuje uklízečka kolejí vždy před zahájením provozu posilovny, tedy 1x denně</w:t>
+        <w:t xml:space="preserve">ravidelný úklid </w:t>
+      </w:r>
+      <w:r w:rsidR="00114133">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>místnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="00332BF6" w:rsidRPr="009B3132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zajišťuje uklízečka kolejí vždy před zahájením provozu, tedy 1x denně</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1E95B3" w14:textId="3C46F6F3" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
@@ -1970,57 +2027,67 @@
       </w:r>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> účinkem </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732B4AD4" w14:textId="0BD72E9F" w:rsidR="000102D0" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sanytol dezinfekce – ředění a doba působení dle doporučení výrobce. Dezinfekční roztoky se připravují denně čerstvé, resp. pro každý úklid, pomocí dávkovače do určených kbelíků. Vhodnými pomůckami se nanáší na plochu (mopy, úklidové utěrky), nechají se předepsanou dobu působit, nestírají se, nechají se oschnout. </w:t>
+        <w:t>Sanytol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dezinfekce – ředění a doba působení dle doporučení výrobce. Dezinfekční roztoky se připravují denně čerstvé, resp. pro každý úklid, pomocí dávkovače do určených kbelíků. Vhodnými pomůckami se nanáší na plochu (mopy, úklidové utěrky), nechají se předepsanou dobu působit, nestírají se, nechají se oschnout. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9E13D9" w14:textId="77777777" w:rsidR="009B3132" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- s baktericidním a fungicidním účinkem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D4D387" w14:textId="29E4D3CC" w:rsidR="000102D0" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
@@ -2290,664 +2357,104 @@
         </w:rPr>
         <w:t>.202</w:t>
       </w:r>
       <w:r w:rsidR="00585A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A41817B" w14:textId="7D50BE59" w:rsidR="00F43B2E" w:rsidRPr="009B3132" w:rsidRDefault="00F43B2E" w:rsidP="0007010C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F43B2E" w:rsidRPr="009B3132" w:rsidSect="00872D4E">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...20 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Yu Mincho">
-[...6 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...500 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04E455FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E806F108"/>
     <w:lvl w:ilvl="0" w:tplc="82CEAC06">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -3767,153 +3274,146 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="807435986">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1228683431">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1249998561">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="194315375">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1096291223">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1219434492">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00022A8A"/>
     <w:rsid w:val="000102D0"/>
     <w:rsid w:val="000220A9"/>
     <w:rsid w:val="00022A8A"/>
     <w:rsid w:val="00041D27"/>
     <w:rsid w:val="0007010C"/>
-    <w:rsid w:val="00084DC6"/>
     <w:rsid w:val="000D44C1"/>
     <w:rsid w:val="000E1F7F"/>
     <w:rsid w:val="000E4A29"/>
+    <w:rsid w:val="00114133"/>
     <w:rsid w:val="00142738"/>
     <w:rsid w:val="0017119F"/>
-    <w:rsid w:val="001A6C69"/>
     <w:rsid w:val="001C146D"/>
     <w:rsid w:val="00205898"/>
     <w:rsid w:val="00225755"/>
     <w:rsid w:val="00234D73"/>
     <w:rsid w:val="002537BB"/>
     <w:rsid w:val="002763BF"/>
     <w:rsid w:val="00332BF6"/>
     <w:rsid w:val="0034514E"/>
     <w:rsid w:val="00367384"/>
     <w:rsid w:val="0045685C"/>
     <w:rsid w:val="004D3332"/>
     <w:rsid w:val="00546A16"/>
     <w:rsid w:val="00585A46"/>
+    <w:rsid w:val="00630BA4"/>
     <w:rsid w:val="006963D0"/>
     <w:rsid w:val="006C6946"/>
     <w:rsid w:val="006E6D88"/>
     <w:rsid w:val="007009E0"/>
     <w:rsid w:val="007B2AD6"/>
     <w:rsid w:val="00802C23"/>
     <w:rsid w:val="00834FBE"/>
     <w:rsid w:val="00867353"/>
     <w:rsid w:val="00872D4E"/>
     <w:rsid w:val="00897FDA"/>
     <w:rsid w:val="00907550"/>
     <w:rsid w:val="009B3132"/>
     <w:rsid w:val="009E380F"/>
     <w:rsid w:val="009F31F3"/>
     <w:rsid w:val="00A55656"/>
     <w:rsid w:val="00AB7721"/>
     <w:rsid w:val="00AC3BF5"/>
     <w:rsid w:val="00AE17EC"/>
     <w:rsid w:val="00B21847"/>
     <w:rsid w:val="00B55510"/>
     <w:rsid w:val="00B658E7"/>
     <w:rsid w:val="00BB3E0A"/>
     <w:rsid w:val="00C24C60"/>
     <w:rsid w:val="00C857A3"/>
     <w:rsid w:val="00CA6C1E"/>
-    <w:rsid w:val="00CB73D8"/>
     <w:rsid w:val="00D37602"/>
     <w:rsid w:val="00E45FF0"/>
     <w:rsid w:val="00E761F6"/>
     <w:rsid w:val="00EA5F15"/>
     <w:rsid w:val="00ED77D4"/>
     <w:rsid w:val="00F43B2E"/>
     <w:rsid w:val="00F76A8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="cs-CZ" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+  <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5AB8885D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{39FABDAC-9978-4E91-9BCD-77146D7F4793}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4338,85 +3838,63 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hypertextovodkaz">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002537BB"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Nevyeenzmnka">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002537BB"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Zhlav">
-[...20 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4957,83 +4435,83 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB242624-4D7D-4511-8450-DB7A6DF0CB25}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC36288-6F58-4797-9D84-AA41181B52B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cb809507-8084-4936-9506-26e8c0ed7326"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3924</Characters>
+  <Pages>2</Pages>
+  <Words>663</Words>
+  <Characters>3915</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Název</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4579</CharactersWithSpaces>
+  <CharactersWithSpaces>4569</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Riško Mariana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BE0F3ED3F0905E4DB11B183490F7BDE9</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationWatermarkShapeIds">
-[...7 lines deleted...]
-  </property>
 </Properties>
 </file>