--- v0 (2026-01-30)
+++ v1 (2026-03-22)
@@ -132,51 +132,73 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ČZU kolej </w:t>
       </w:r>
       <w:r w:rsidR="00801558">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">BCD, </w:t>
       </w:r>
       <w:r w:rsidR="007D0409">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>místnosti S08,S09,S09a</w:t>
+        <w:t>místnosti S</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007D0409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>08,S09,S</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D0409">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>09a</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BD1B7E" w14:textId="48EEC372" w:rsidR="00022A8A" w:rsidRPr="00585A46" w:rsidRDefault="00022A8A" w:rsidP="00D37602">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00585A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Název a adresa provozovatele:</w:t>
       </w:r>
       <w:r w:rsidRPr="00585A46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
@@ -410,52 +432,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00801558">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Alena Pyšvejcová</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Alena </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00801558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Pyšvejcová</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="60A88223" w14:textId="77777777" w:rsidR="0007010C" w:rsidRPr="00EA5F15" w:rsidRDefault="0007010C" w:rsidP="006963D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B9FDE37" w14:textId="04224109" w:rsidR="0007010C" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="006963D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
@@ -1197,96 +1229,116 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>šichni návštěvníci mají povinnost seznámit se s tímto provozním řádem</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316C4A70" w14:textId="2E0F56F1" w:rsidR="00E761F6" w:rsidRPr="00AE17EC" w:rsidRDefault="00AC3BF5" w:rsidP="00585A46">
+    <w:p w14:paraId="316C4A70" w14:textId="33F960A1" w:rsidR="00E761F6" w:rsidRPr="00AE17EC" w:rsidRDefault="00AC3BF5" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">v témže čase </w:t>
       </w:r>
       <w:r w:rsidR="00332BF6" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00E761F6" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">esmí být překročena max. kapacita posilovny, tj. </w:t>
+        <w:t xml:space="preserve">esmí být překročena max. kapacita </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE493F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>místnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="00E761F6" w:rsidRPr="00AE17EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, tj. </w:t>
       </w:r>
       <w:r w:rsidR="00A41F94">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00EA5F15" w:rsidRPr="00AE17EC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3 osob</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E9B288" w14:textId="6E72E10C" w:rsidR="00AC3BF5" w:rsidRDefault="00AC3BF5" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
@@ -1647,80 +1699,96 @@
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>prosto</w:t>
       </w:r>
       <w:r w:rsidR="00907550" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00867353" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B6AF24" w14:textId="0C4D571E" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
+    <w:p w14:paraId="22B6AF24" w14:textId="58E79230" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00332BF6" w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ravidelný úklid posilovny zajišťuje uklízečka kolejí vždy před zahájením provozu posilovny, tedy 1x denně</w:t>
+        <w:t xml:space="preserve">ravidelný úklid </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE493F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>místnosti</w:t>
+      </w:r>
+      <w:r w:rsidR="00332BF6" w:rsidRPr="009B3132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zajišťuje uklízečka kolejí vždy před zahájením provozu, tedy 1x denně</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1E95B3" w14:textId="3C46F6F3" w:rsidR="00332BF6" w:rsidRPr="009B3132" w:rsidRDefault="00142738" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
@@ -1848,57 +1916,67 @@
       </w:r>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> účinkem </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="732B4AD4" w14:textId="0BD72E9F" w:rsidR="000102D0" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sanytol dezinfekce – ředění a doba působení dle doporučení výrobce. Dezinfekční roztoky se připravují denně čerstvé, resp. pro každý úklid, pomocí dávkovače do určených kbelíků. Vhodnými pomůckami se nanáší na plochu (mopy, úklidové utěrky), nechají se předepsanou dobu působit, nestírají se, nechají se oschnout. </w:t>
+        <w:t>Sanytol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B3132">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dezinfekce – ředění a doba působení dle doporučení výrobce. Dezinfekční roztoky se připravují denně čerstvé, resp. pro každý úklid, pomocí dávkovače do určených kbelíků. Vhodnými pomůckami se nanáší na plochu (mopy, úklidové utěrky), nechají se předepsanou dobu působit, nestírají se, nechají se oschnout. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A9E13D9" w14:textId="77777777" w:rsidR="009B3132" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B3132">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- s baktericidním a fungicidním účinkem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33D4D387" w14:textId="29E4D3CC" w:rsidR="000102D0" w:rsidRPr="009B3132" w:rsidRDefault="00022A8A" w:rsidP="00585A46">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
@@ -3047,50 +3125,51 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="807435986">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1228683431">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1249998561">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="194315375">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1096291223">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1219434492">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00022A8A"/>
     <w:rsid w:val="000102D0"/>
     <w:rsid w:val="000220A9"/>
     <w:rsid w:val="00022A8A"/>
     <w:rsid w:val="0007010C"/>
     <w:rsid w:val="00073F6C"/>
     <w:rsid w:val="00142738"/>
     <w:rsid w:val="0017119F"/>
     <w:rsid w:val="001C146D"/>
     <w:rsid w:val="00205898"/>
     <w:rsid w:val="00234D73"/>
     <w:rsid w:val="002537BB"/>
     <w:rsid w:val="002763BF"/>
@@ -3100,50 +3179,52 @@
     <w:rsid w:val="0045685C"/>
     <w:rsid w:val="004D3332"/>
     <w:rsid w:val="00582BB9"/>
     <w:rsid w:val="00585A46"/>
     <w:rsid w:val="006963D0"/>
     <w:rsid w:val="006C6946"/>
     <w:rsid w:val="006E6D88"/>
     <w:rsid w:val="007009E0"/>
     <w:rsid w:val="007B2AD6"/>
     <w:rsid w:val="007D0409"/>
     <w:rsid w:val="00801558"/>
     <w:rsid w:val="00802C23"/>
     <w:rsid w:val="00834FBE"/>
     <w:rsid w:val="00867353"/>
     <w:rsid w:val="00872D4E"/>
     <w:rsid w:val="00907550"/>
     <w:rsid w:val="009B3132"/>
     <w:rsid w:val="009F31F3"/>
     <w:rsid w:val="00A41F94"/>
     <w:rsid w:val="00A55656"/>
     <w:rsid w:val="00AB7721"/>
     <w:rsid w:val="00AC3BF5"/>
     <w:rsid w:val="00AE17EC"/>
     <w:rsid w:val="00B55510"/>
     <w:rsid w:val="00BB3E0A"/>
+    <w:rsid w:val="00BB5B08"/>
+    <w:rsid w:val="00BE493F"/>
     <w:rsid w:val="00C24C60"/>
     <w:rsid w:val="00C857A3"/>
     <w:rsid w:val="00CA6C1E"/>
     <w:rsid w:val="00D37602"/>
     <w:rsid w:val="00E45FF0"/>
     <w:rsid w:val="00E761F6"/>
     <w:rsid w:val="00EA5F15"/>
     <w:rsid w:val="00ED1270"/>
     <w:rsid w:val="00ED77D4"/>
     <w:rsid w:val="00F43B2E"/>
     <w:rsid w:val="00F76A8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -3926,55 +4007,56 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...3 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100BE0F3ED3F0905E4DB11B183490F7BDE9" ma:contentTypeVersion="13" ma:contentTypeDescription="Vytvoří nový dokument" ma:contentTypeScope="" ma:versionID="84502a278afe12b7bd11a84225f64246">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="cb809507-8084-4936-9506-26e8c0ed7326" xmlns:ns4="0bca84de-62a8-4e6f-8ec1-78336960f3d1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3fa3393ddd77e507372f4e7490643c94" ns3:_="" ns4:_="">
     <xsd:import namespace="cb809507-8084-4936-9506-26e8c0ed7326"/>
     <xsd:import namespace="0bca84de-62a8-4e6f-8ec1-78336960f3d1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
@@ -4155,125 +4237,124 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="cb809507-8084-4936-9506-26e8c0ed7326" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC36288-6F58-4797-9D84-AA41181B52B4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB242624-4D7D-4511-8450-DB7A6DF0CB25}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="cb809507-8084-4936-9506-26e8c0ed7326"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AAFF451-D3EF-431B-8B65-F7B283C0EC07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cb809507-8084-4936-9506-26e8c0ed7326"/>
     <ds:schemaRef ds:uri="0bca84de-62a8-4e6f-8ec1-78336960f3d1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB242624-4D7D-4511-8450-DB7A6DF0CB25}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AC36288-6F58-4797-9D84-AA41181B52B4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cb809507-8084-4936-9506-26e8c0ed7326"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>664</Words>
-  <Characters>3921</Characters>
+  <Words>663</Words>
+  <Characters>3912</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>32</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4576</CharactersWithSpaces>
+  <CharactersWithSpaces>4566</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Riško Mariana</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100BE0F3ED3F0905E4DB11B183490F7BDE9</vt:lpwstr>